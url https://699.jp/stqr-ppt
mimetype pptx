--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/x-fontdata" Extension="fntdata"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
@@ -356,52 +357,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="747775"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="747775"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}">
-  <a:tblStyle styleId="{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{E7CE04DB-3049-483B-A588-0E620D3AD5AF}">
+  <a:tblStyle styleId="{E7CE04DB-3049-483B-A588-0E620D3AD5AF}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -499,55 +500,55 @@
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/BIZUDPGothic-bold.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/BIZUDPGothic-regular.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/BIZUDPGothic-bold.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/BIZUDPGothic-regular.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -1303,86 +1304,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="165" name="Shape 165"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="166" name="Google Shape;166;g373f211e7db_0_91:notes"/>
+          <p:cNvPr id="166" name="Google Shape;166;g373f211e7db_0_661:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="167" name="Google Shape;167;g373f211e7db_0_91:notes"/>
+          <p:cNvPr id="167" name="Google Shape;167;g373f211e7db_0_661:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1402,86 +1403,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="181" name="Shape 181"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="182" name="Google Shape;182;g373f211e7db_0_106:notes"/>
+          <p:cNvPr id="182" name="Google Shape;182;g373f211e7db_0_676:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="183" name="Google Shape;183;g373f211e7db_0_106:notes"/>
+          <p:cNvPr id="183" name="Google Shape;183;g373f211e7db_0_676:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1501,86 +1502,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="197" name="Shape 197"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="198" name="Google Shape;198;g373f211e7db_0_121:notes"/>
+          <p:cNvPr id="198" name="Google Shape;198;g373f211e7db_0_691:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="199" name="Google Shape;199;g373f211e7db_0_121:notes"/>
+          <p:cNvPr id="199" name="Google Shape;199;g373f211e7db_0_691:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1600,86 +1601,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="213" name="Shape 213"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="214" name="Google Shape;214;g373f211e7db_0_136:notes"/>
+          <p:cNvPr id="214" name="Google Shape;214;g373f211e7db_0_706:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="215" name="Google Shape;215;g373f211e7db_0_136:notes"/>
+          <p:cNvPr id="215" name="Google Shape;215;g373f211e7db_0_706:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1699,86 +1700,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="229" name="Shape 229"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="230" name="Google Shape;230;g373f211e7db_0_151:notes"/>
+          <p:cNvPr id="230" name="Google Shape;230;g373f211e7db_0_721:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="231" name="Google Shape;231;g373f211e7db_0_151:notes"/>
+          <p:cNvPr id="231" name="Google Shape;231;g373f211e7db_0_721:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1798,86 +1799,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="245" name="Shape 245"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="246" name="Google Shape;246;g373f211e7db_0_166:notes"/>
+          <p:cNvPr id="246" name="Google Shape;246;g373f211e7db_0_736:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="247" name="Google Shape;247;g373f211e7db_0_166:notes"/>
+          <p:cNvPr id="247" name="Google Shape;247;g373f211e7db_0_736:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1897,86 +1898,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="261" name="Shape 261"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="262" name="Google Shape;262;g373f211e7db_0_181:notes"/>
+          <p:cNvPr id="262" name="Google Shape;262;g373f211e7db_0_751:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="263" name="Google Shape;263;g373f211e7db_0_181:notes"/>
+          <p:cNvPr id="263" name="Google Shape;263;g373f211e7db_0_751:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -1996,86 +1997,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="277" name="Shape 277"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="278" name="Google Shape;278;g373f211e7db_0_196:notes"/>
+          <p:cNvPr id="278" name="Google Shape;278;g373f211e7db_0_766:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="279" name="Google Shape;279;g373f211e7db_0_196:notes"/>
+          <p:cNvPr id="279" name="Google Shape;279;g373f211e7db_0_766:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2095,86 +2096,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="293" name="Shape 293"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="294" name="Google Shape;294;g373f211e7db_0_211:notes"/>
+          <p:cNvPr id="294" name="Google Shape;294;g373f211e7db_0_781:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="295" name="Google Shape;295;g373f211e7db_0_211:notes"/>
+          <p:cNvPr id="295" name="Google Shape;295;g373f211e7db_0_781:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2194,86 +2195,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="309" name="Shape 309"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="310" name="Google Shape;310;g373f211e7db_0_226:notes"/>
+          <p:cNvPr id="310" name="Google Shape;310;g373f211e7db_0_796:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="311" name="Google Shape;311;g373f211e7db_0_226:notes"/>
+          <p:cNvPr id="311" name="Google Shape;311;g373f211e7db_0_796:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2410,86 +2411,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="325" name="Shape 325"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="326" name="Google Shape;326;g373f211e7db_0_241:notes"/>
+          <p:cNvPr id="326" name="Google Shape;326;g373f211e7db_0_811:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="327" name="Google Shape;327;g373f211e7db_0_241:notes"/>
+          <p:cNvPr id="327" name="Google Shape;327;g373f211e7db_0_811:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2509,86 +2510,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="341" name="Shape 341"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="342" name="Google Shape;342;g373f211e7db_0_256:notes"/>
+          <p:cNvPr id="342" name="Google Shape;342;g373f211e7db_0_826:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="343" name="Google Shape;343;g373f211e7db_0_256:notes"/>
+          <p:cNvPr id="343" name="Google Shape;343;g373f211e7db_0_826:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2608,86 +2609,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="357" name="Shape 357"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="358" name="Google Shape;358;g373f211e7db_0_271:notes"/>
+          <p:cNvPr id="358" name="Google Shape;358;g373f211e7db_0_841:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="359" name="Google Shape;359;g373f211e7db_0_271:notes"/>
+          <p:cNvPr id="359" name="Google Shape;359;g373f211e7db_0_841:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2707,86 +2708,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="373" name="Shape 373"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="374" name="Google Shape;374;g373f211e7db_0_556:notes"/>
+          <p:cNvPr id="374" name="Google Shape;374;g373f211e7db_0_856:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="375" name="Google Shape;375;g373f211e7db_0_556:notes"/>
+          <p:cNvPr id="375" name="Google Shape;375;g373f211e7db_0_856:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2806,86 +2807,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="389" name="Shape 389"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="390" name="Google Shape;390;g373f211e7db_0_571:notes"/>
+          <p:cNvPr id="390" name="Google Shape;390;g373f211e7db_0_871:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="391" name="Google Shape;391;g373f211e7db_0_571:notes"/>
+          <p:cNvPr id="391" name="Google Shape;391;g373f211e7db_0_871:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -2905,86 +2906,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="405" name="Shape 405"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="406" name="Google Shape;406;g373f211e7db_0_586:notes"/>
+          <p:cNvPr id="406" name="Google Shape;406;g373f211e7db_0_886:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="407" name="Google Shape;407;g373f211e7db_0_586:notes"/>
+          <p:cNvPr id="407" name="Google Shape;407;g373f211e7db_0_886:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -3301,86 +3302,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="101" name="Shape 101"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="102" name="Google Shape;102;g373f211e7db_0_31:notes"/>
+          <p:cNvPr id="102" name="Google Shape;102;g373f211e7db_0_601:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="103" name="Google Shape;103;g373f211e7db_0_31:notes"/>
+          <p:cNvPr id="103" name="Google Shape;103;g373f211e7db_0_601:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -3400,86 +3401,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="117" name="Shape 117"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="118" name="Google Shape;118;g373f211e7db_0_46:notes"/>
+          <p:cNvPr id="118" name="Google Shape;118;g373f211e7db_0_616:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="119" name="Google Shape;119;g373f211e7db_0_46:notes"/>
+          <p:cNvPr id="119" name="Google Shape;119;g373f211e7db_0_616:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -3499,86 +3500,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="133" name="Shape 133"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="134" name="Google Shape;134;g373f211e7db_0_61:notes"/>
+          <p:cNvPr id="134" name="Google Shape;134;g373f211e7db_0_631:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="135" name="Google Shape;135;g373f211e7db_0_61:notes"/>
+          <p:cNvPr id="135" name="Google Shape;135;g373f211e7db_0_631:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -3598,86 +3599,86 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="149" name="Shape 149"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="150" name="Google Shape;150;g373f211e7db_0_76:notes"/>
+          <p:cNvPr id="150" name="Google Shape;150;g373f211e7db_0_646:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="151" name="Google Shape;151;g373f211e7db_0_76:notes"/>
+          <p:cNvPr id="151" name="Google Shape;151;g373f211e7db_0_646:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -9826,51 +9827,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -11442,51 +11443,51 @@
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
@@ -11542,67 +11543,61 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja"/>
               <a:t>ワークシート (シーケンス図)</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55" name="Google Shape;55;p13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="337425" y="1079725"/>
+            <a:off x="311700" y="1417125"/>
             <a:ext cx="8384700" cy="1491900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="93C47D"/>
           </a:solidFill>
-          <a:ln cap="flat" cmpd="sng" w="9525">
-[...6 lines deleted...]
-            <a:tailEnd len="sm" w="sm" type="none"/>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="BIZ UDPGothic"/>
                 <a:ea typeface="BIZ UDPGothic"/>
                 <a:cs typeface="BIZ UDPGothic"/>
@@ -11672,51 +11667,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="169" name="Google Shape;169;p22"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -11982,52 +11977,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="172" name="Google Shape;172;p22"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -12048,56 +12042,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="173" name="Google Shape;173;p22"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="171" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -12226,60 +12215,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="178" name="Google Shape;178;p22"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -12300,56 +12280,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="179" name="Google Shape;179;p22"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -12370,56 +12345,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="180" name="Google Shape;180;p22"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -12440,102 +12410,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="184" name="Shape 184"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="185" name="Google Shape;185;p23"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -12801,52 +12766,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="188" name="Google Shape;188;p23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -12867,56 +12831,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="189" name="Google Shape;189;p23"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="187" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -13045,60 +13004,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="194" name="Google Shape;194;p23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -13119,56 +13069,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="195" name="Google Shape;195;p23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -13189,56 +13134,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="196" name="Google Shape;196;p23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -13259,102 +13199,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="200" name="Shape 200"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="201" name="Google Shape;201;p24"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -13620,52 +13555,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="204" name="Google Shape;204;p24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -13686,56 +13620,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="205" name="Google Shape;205;p24"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="203" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -13864,60 +13793,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="210" name="Google Shape;210;p24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -13938,56 +13858,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="211" name="Google Shape;211;p24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -14008,56 +13923,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="212" name="Google Shape;212;p24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -14078,102 +13988,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="216" name="Shape 216"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="217" name="Google Shape;217;p25"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -14439,52 +14344,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="Google Shape;220;p25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -14505,56 +14409,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="221" name="Google Shape;221;p25"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="219" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -14683,60 +14582,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="Google Shape;226;p25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -14757,56 +14647,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="227" name="Google Shape;227;p25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -14827,56 +14712,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="Google Shape;228;p25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -14897,102 +14777,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="232" name="Shape 232"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="233" name="Google Shape;233;p26"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -15258,52 +15133,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="236" name="Google Shape;236;p26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -15324,56 +15198,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="237" name="Google Shape;237;p26"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="235" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -15502,60 +15371,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="242" name="Google Shape;242;p26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -15576,56 +15436,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="243" name="Google Shape;243;p26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -15646,56 +15501,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="244" name="Google Shape;244;p26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -15716,102 +15566,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="248" name="Shape 248"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="249" name="Google Shape;249;p27"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -16077,52 +15922,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="252" name="Google Shape;252;p27"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -16143,56 +15987,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="253" name="Google Shape;253;p27"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="251" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -16321,60 +16160,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="258" name="Google Shape;258;p27"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -16395,56 +16225,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="259" name="Google Shape;259;p27"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -16465,56 +16290,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="260" name="Google Shape;260;p27"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -16535,102 +16355,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="264" name="Shape 264"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="265" name="Google Shape;265;p28"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -16896,52 +16711,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="268" name="Google Shape;268;p28"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -16962,56 +16776,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="269" name="Google Shape;269;p28"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="267" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -17140,60 +16949,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="274" name="Google Shape;274;p28"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -17214,56 +17014,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="275" name="Google Shape;275;p28"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -17284,56 +17079,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="276" name="Google Shape;276;p28"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -17354,102 +17144,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="280" name="Shape 280"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="281" name="Google Shape;281;p29"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -17715,52 +17500,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="284" name="Google Shape;284;p29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -17781,56 +17565,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="285" name="Google Shape;285;p29"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="283" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -17959,60 +17738,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="290" name="Google Shape;290;p29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -18033,56 +17803,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="291" name="Google Shape;291;p29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -18103,56 +17868,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="292" name="Google Shape;292;p29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -18173,102 +17933,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="296" name="Shape 296"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="297" name="Google Shape;297;p30"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -18534,52 +18289,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="300" name="Google Shape;300;p30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -18600,56 +18354,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="301" name="Google Shape;301;p30"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="299" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -18778,60 +18527,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="306" name="Google Shape;306;p30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -18852,56 +18592,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="307" name="Google Shape;307;p30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -18922,56 +18657,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="308" name="Google Shape;308;p30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -18992,102 +18722,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="312" name="Shape 312"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="313" name="Google Shape;313;p31"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -19353,52 +19078,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="316" name="Google Shape;316;p31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -19419,56 +19143,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="317" name="Google Shape;317;p31"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="315" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -19597,60 +19316,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="322" name="Google Shape;322;p31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -19671,56 +19381,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="323" name="Google Shape;323;p31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -19741,56 +19446,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="324" name="Google Shape;324;p31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -19811,56 +19511,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="59" name="Shape 59"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -19889,97 +19584,97 @@
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="3600"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja"/>
-              <a:t>設計書（ワークシート）の記入例</a:t>
+              <a:t>ワークシートの記入例</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="328" name="Shape 328"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="329" name="Google Shape;329;p32"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -20245,52 +19940,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="332" name="Google Shape;332;p32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -20311,56 +20005,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="333" name="Google Shape;333;p32"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="331" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -20489,60 +20178,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="338" name="Google Shape;338;p32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -20563,56 +20243,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="339" name="Google Shape;339;p32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -20633,56 +20308,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="340" name="Google Shape;340;p32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -20703,102 +20373,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="344" name="Shape 344"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="345" name="Google Shape;345;p33"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -21064,52 +20729,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="348" name="Google Shape;348;p33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -21130,56 +20794,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="349" name="Google Shape;349;p33"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="347" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -21308,60 +20967,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="354" name="Google Shape;354;p33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -21382,56 +21032,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="355" name="Google Shape;355;p33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -21452,56 +21097,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="356" name="Google Shape;356;p33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -21522,102 +21162,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="360" name="Shape 360"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="361" name="Google Shape;361;p34"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -21883,52 +21518,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="364" name="Google Shape;364;p34"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -21949,56 +21583,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="365" name="Google Shape;365;p34"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="363" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -22127,60 +21756,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="370" name="Google Shape;370;p34"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -22201,56 +21821,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="371" name="Google Shape;371;p34"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -22271,56 +21886,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="372" name="Google Shape;372;p34"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -22341,102 +21951,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="376" name="Shape 376"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="377" name="Google Shape;377;p35"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -22702,52 +22307,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="380" name="Google Shape;380;p35"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -22768,56 +22372,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="381" name="Google Shape;381;p35"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="379" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -22946,60 +22545,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="386" name="Google Shape;386;p35"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -23020,56 +22610,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="387" name="Google Shape;387;p35"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -23090,56 +22675,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="388" name="Google Shape;388;p35"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -23160,102 +22740,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="392" name="Shape 392"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="393" name="Google Shape;393;p36"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -23521,52 +23096,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="396" name="Google Shape;396;p36"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -23587,56 +23161,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="397" name="Google Shape;397;p36"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="395" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -23765,60 +23334,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="402" name="Google Shape;402;p36"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -23839,56 +23399,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="403" name="Google Shape;403;p36"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -23909,56 +23464,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="404" name="Google Shape;404;p36"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -23979,102 +23529,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="408" name="Shape 408"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="409" name="Google Shape;409;p37"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -24340,52 +23885,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="412" name="Google Shape;412;p37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -24406,56 +23950,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="413" name="Google Shape;413;p37"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="411" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -24584,60 +24123,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="418" name="Google Shape;418;p37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -24658,56 +24188,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="419" name="Google Shape;419;p37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -24728,56 +24253,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="420" name="Google Shape;420;p37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -24798,102 +24318,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="64" name="Shape 64"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="65" name="Google Shape;65;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t> たこ</a:t>
@@ -26123,51 +25638,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="89" name="Google Shape;89;p17"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -26433,52 +25948,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92" name="Google Shape;92;p17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -26504,56 +26018,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="93" name="Google Shape;93;p17"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="91" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -26682,60 +26191,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="98" name="Google Shape;98;p17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -26761,56 +26261,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="99" name="Google Shape;99;p17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -26836,56 +26331,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="100" name="Google Shape;100;p17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -26911,102 +26401,97 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="104" name="Shape 104"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="105" name="Google Shape;105;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -27272,52 +26757,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="108" name="Google Shape;108;p18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -27338,56 +26822,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="109" name="Google Shape;109;p18"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="107" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -27516,60 +26995,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="114" name="Google Shape;114;p18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -27590,56 +27060,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="115" name="Google Shape;115;p18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -27660,56 +27125,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="116" name="Google Shape;116;p18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -27730,102 +27190,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="120" name="Shape 120"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="121" name="Google Shape;121;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -28091,52 +27546,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="124" name="Google Shape;124;p19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -28157,56 +27611,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="125" name="Google Shape;125;p19"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="123" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -28335,60 +27784,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="130" name="Google Shape;130;p19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -28409,56 +27849,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="131" name="Google Shape;131;p19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -28479,56 +27914,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="132" name="Google Shape;132;p19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -28549,102 +27979,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="136" name="Shape 136"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="137" name="Google Shape;137;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -28910,52 +28335,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="140" name="Google Shape;140;p20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -28976,56 +28400,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="141" name="Google Shape;141;p20"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="139" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -29154,60 +28573,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="146" name="Google Shape;146;p20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -29228,56 +28638,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="147" name="Google Shape;147;p20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -29298,56 +28703,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="148" name="Google Shape;148;p20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -29368,102 +28768,97 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="152" name="Shape 152"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="153" name="Google Shape;153;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{6F258DD2-8C73-4CDC-BB6D-360AB6F85FA9}</a:tableStyleId>
+                <a:tableStyleId>{E7CE04DB-3049-483B-A588-0E620D3AD5AF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="976050"/>
                 <a:gridCol w="1167250"/>
                 <a:gridCol w="2605475"/>
                 <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="259575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000"/>
                         <a:t>班</a:t>
@@ -29729,52 +29124,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>クライアント</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200"/>
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="156" name="Google Shape;156;p21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5546700" y="1409963"/>
             <a:ext cx="1392000" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="CFE2F3"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="dk2"/>
@@ -29795,56 +29189,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1200"/>
               <a:t>サーバー</a:t>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1200">
-[...4 lines deleted...]
-              <a:t>〇〇〇〇</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="157" name="Google Shape;157;p21"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="155" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2747400" y="1819763"/>
             <a:ext cx="600" cy="3233700"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="EA9999"/>
@@ -29973,60 +29362,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100"/>
-[...8 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="162" name="Google Shape;162;p21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6466650" y="2082525"/>
             <a:ext cx="1668600" cy="2774400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -30047,56 +29427,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>処理</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="163" name="Google Shape;163;p21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="3688725"/>
             <a:ext cx="2934300" cy="1168200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -30117,56 +29492,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>レスポンス</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="164" name="Google Shape;164;p21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024800" y="2085077"/>
             <a:ext cx="2934300" cy="1036200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="999999"/>
@@ -30187,70 +29557,344 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1100"/>
               <a:t>リクエスト</a:t>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ja" sz="1100">
-[...4 lines deleted...]
-              <a:t>○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○○</a:t>
+              <a:t/>
             </a:r>
             <a:endParaRPr sz="1100"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
   <a:themeElements>
     <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
@@ -30484,304 +30128,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>