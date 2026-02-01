--- v0 (2025-10-31)
+++ v1 (2026-02-01)
@@ -1,5048 +1,4251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
-[...83 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/x-fontdata" Extension="fntdata"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide27.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide23.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide18.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide30.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide22.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide26.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide19.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide17.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide25.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide20.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide21.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide16.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide29.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide24.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide28.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide15.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide23.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide27.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" embedTrueTypeFonts="1" strictFirstAndLastChars="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483659" r:id="rId1"/>
+    <p:sldMasterId id="2147483659" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId32"/>
+    <p:notesMasterId r:id="rId6"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...28 lines deleted...]
-    <p:sldId id="285" r:id="rId31"/>
+    <p:sldId id="256" r:id="rId7"/>
+    <p:sldId id="257" r:id="rId8"/>
+    <p:sldId id="258" r:id="rId9"/>
+    <p:sldId id="259" r:id="rId10"/>
+    <p:sldId id="260" r:id="rId11"/>
+    <p:sldId id="261" r:id="rId12"/>
+    <p:sldId id="262" r:id="rId13"/>
+    <p:sldId id="263" r:id="rId14"/>
+    <p:sldId id="264" r:id="rId15"/>
+    <p:sldId id="265" r:id="rId16"/>
+    <p:sldId id="266" r:id="rId17"/>
+    <p:sldId id="267" r:id="rId18"/>
+    <p:sldId id="268" r:id="rId19"/>
+    <p:sldId id="269" r:id="rId20"/>
+    <p:sldId id="270" r:id="rId21"/>
+    <p:sldId id="271" r:id="rId22"/>
+    <p:sldId id="272" r:id="rId23"/>
+    <p:sldId id="273" r:id="rId24"/>
+    <p:sldId id="274" r:id="rId25"/>
+    <p:sldId id="275" r:id="rId26"/>
+    <p:sldId id="276" r:id="rId27"/>
+    <p:sldId id="277" r:id="rId28"/>
+    <p:sldId id="278" r:id="rId29"/>
+    <p:sldId id="279" r:id="rId30"/>
+    <p:sldId id="280" r:id="rId31"/>
+    <p:sldId id="281" r:id="rId32"/>
+    <p:sldId id="282" r:id="rId33"/>
+    <p:sldId id="283" r:id="rId34"/>
+    <p:sldId id="284" r:id="rId35"/>
+    <p:sldId id="285" r:id="rId36"/>
   </p:sldIdLst>
-  <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
+  <p:sldSz cy="5143500" cx="9144000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
-      <p:font typeface="BIZ UDPGothic" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
-[...1 lines deleted...]
-      <p:bold r:id="rId34"/>
+      <p:font typeface="BIZ UDPGothic"/>
+      <p:regular r:id="rId37"/>
+      <p:bold r:id="rId38"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
-    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+    <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+    <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+    <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+    <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+    <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+    <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+    <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+    <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+      <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="747775"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="747775"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...28 lines deleted...]
-</p:presentationPr>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5173E451-C3AD-4E0E-8494-88CC7A210F57}">
-  <a:tblStyle styleId="{5173E451-C3AD-4E0E-8494-88CC7A210F57}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{5FDAA44D-3402-421C-BC07-209A38A83845}">
+  <a:tblStyle styleId="{5FDAA44D-3402-421C-BC07-209A38A83845}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
-            <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
-            <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:right>
           <a:top>
-            <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:top>
           <a:bottom>
-            <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:bottom>
           <a:insideH>
-            <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:insideH>
           <a:insideV>
-            <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
-      <a:tcStyle>
-[...1 lines deleted...]
-      </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-[...3 lines deleted...]
-  </p:normalViewPr>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="142" d="100"/>
-          <a:sy n="142" d="100"/>
+          <a:sx n="100" d="100"/>
+          <a:sy n="100" d="100"/>
         </p:scale>
-        <p:origin x="132" y="384"/>
+        <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="1620"/>
+        <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:notesTextViewPr>
-[...8 lines deleted...]
-  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/BIZUDPGothic-regular.fntdata"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/BIZUDPGothic-bold.fntdata"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
-    <p:bg>
-[...3 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 2"/>
+        <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096075" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="9525" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;4;n"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-298450" algn="l" rtl="0">
+            <a:lvl1pPr indent="-298450" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-298450" algn="l" rtl="0">
+            <a:lvl2pPr indent="-298450" lvl="1" marL="914400" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="○"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-298450" algn="l" rtl="0">
+            <a:lvl3pPr indent="-298450" lvl="2" marL="1371600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="■"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-298450" algn="l" rtl="0">
+            <a:lvl4pPr indent="-298450" lvl="3" marL="1828800" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-298450" algn="l" rtl="0">
+            <a:lvl5pPr indent="-298450" lvl="4" marL="2286000" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="○"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-298450" algn="l" rtl="0">
+            <a:lvl6pPr indent="-298450" lvl="5" marL="2743200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="■"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-298450" algn="l" rtl="0">
+            <a:lvl7pPr indent="-298450" lvl="6" marL="3200400" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-298450" algn="l" rtl="0">
+            <a:lvl8pPr indent="-298450" lvl="7" marL="3657600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="○"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-298450" algn="l" rtl="0">
+            <a:lvl9pPr indent="-298450" lvl="8" marL="4114800" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="■"/>
-              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1100" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
   <p:notesStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
-    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+    <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+    <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+    <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+    <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+    <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+    <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+    <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+    <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 50"/>
+        <p:cNvPr id="50" name="Shape 50"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Google Shape;51;p10:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="9525" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52" name="Google Shape;52;p10:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="109" name="Shape 109"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="110" name="Google Shape;110;g3a5608486f3_0_15:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="111" name="Google Shape;111;g3a5608486f3_0_15:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="115" name="Shape 115"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="116" name="Google Shape;116;g3a5608486f3_0_20:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="117" name="Google Shape;117;g3a5608486f3_0_20:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="121" name="Shape 121"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="122" name="Google Shape;122;g3a5608486f3_0_25:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="123" name="Google Shape;123;g3a5608486f3_0_25:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="127" name="Shape 127"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="128" name="Google Shape;128;g3a5608486f3_0_30:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="129" name="Google Shape;129;g3a5608486f3_0_30:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="133" name="Shape 133"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="134" name="Google Shape;134;g3a5608486f3_0_35:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="135" name="Google Shape;135;g3a5608486f3_0_35:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="139" name="Shape 139"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="140" name="Google Shape;140;g3a5608486f3_0_40:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="141" name="Google Shape;141;g3a5608486f3_0_40:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="145" name="Shape 145"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="146" name="Google Shape;146;g3a5608486f3_0_45:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="147" name="Google Shape;147;g3a5608486f3_0_45:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="151" name="Shape 151"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="152" name="Google Shape;152;g3a5608486f3_0_50:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="153" name="Google Shape;153;g3a5608486f3_0_50:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="157" name="Shape 157"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="158" name="Google Shape;158;g3a5608486f3_0_55:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="159" name="Google Shape;159;g3a5608486f3_0_55:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="163" name="Shape 163"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="164" name="Google Shape;164;g3a5608486f3_0_60:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="165" name="Google Shape;165;g3a5608486f3_0_60:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 57"/>
+        <p:cNvPr id="57" name="Shape 57"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58" name="Google Shape;58;p7:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="9525" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59" name="Google Shape;59;p7:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="169" name="Shape 169"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="170" name="Google Shape;170;g3a5608486f3_0_65:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="171" name="Google Shape;171;g3a5608486f3_0_65:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="175" name="Shape 175"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="176" name="Google Shape;176;g3a5608486f3_0_70:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="177" name="Google Shape;177;g3a5608486f3_0_70:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="181" name="Shape 181"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="182" name="Google Shape;182;g3a5608486f3_0_75:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="183" name="Google Shape;183;g3a5608486f3_0_75:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="187" name="Shape 187"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="188" name="Google Shape;188;g3a5608486f3_0_80:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="189" name="Google Shape;189;g3a5608486f3_0_80:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="193" name="Shape 193"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="194" name="Google Shape;194;g3a5608486f3_0_85:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="195" name="Google Shape;195;g3a5608486f3_0_85:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="199" name="Shape 199"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="200" name="Google Shape;200;g3a5608486f3_0_90:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="201" name="Google Shape;201;g3a5608486f3_0_90:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="205" name="Shape 205"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="206" name="Google Shape;206;g3a5608486f3_0_95:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="207" name="Google Shape;207;g3a5608486f3_0_95:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="211" name="Shape 211"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="212" name="Google Shape;212;g3a5608486f3_0_100:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="213" name="Google Shape;213;g3a5608486f3_0_100:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="217" name="Shape 217"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="218" name="Google Shape;218;g3a5608486f3_0_105:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="219" name="Google Shape;219;g3a5608486f3_0_105:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="223" name="Shape 223"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="224" name="Google Shape;224;g3a5608486f3_0_110:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="225" name="Google Shape;225;g3a5608486f3_0_110:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 62"/>
+        <p:cNvPr id="62" name="Shape 62"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Google Shape;63;g35e2ad668a0_0_1:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Google Shape;64;g35e2ad668a0_0_1:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="229" name="Shape 229"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="230" name="Google Shape;230;g3a5608486f3_0_115:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="231" name="Google Shape;231;g3a5608486f3_0_115:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 71"/>
+        <p:cNvPr id="71" name="Shape 71"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="72" name="Google Shape;72;g35e2ad668a0_0_12:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="Google Shape;73;g35e2ad668a0_0_12:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 80"/>
+        <p:cNvPr id="80" name="Shape 80"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="81" name="Google Shape;81;g2ceca2bf041_0_0:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Google Shape;82;g2ceca2bf041_0_0:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85"/>
+        <p:cNvPr id="85" name="Shape 85"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="91" name="Shape 91"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="92" name="Google Shape;92;g3a5608486f3_0_0:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g3a5608486f3_0_0:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="97" name="Shape 97"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="98" name="Google Shape;98;g3a5608486f3_0_5:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="99" name="Google Shape;99;g3a5608486f3_0_5:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 85">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="103" name="Shape 103"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="104" name="Google Shape;104;g3a5608486f3_0_10:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
+            <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;g2ceca2bf041_0_5:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="105" name="Google Shape;105;g3a5608486f3_0_10:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -5051,91 +4254,89 @@
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title slide" type="title">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title slide" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 9"/>
+        <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Google Shape;10;p2"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311708" y="744575"/>
             <a:ext cx="8520600" cy="2052600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="5200"/>
               <a:buNone/>
               <a:defRPr sz="5200"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -5222,80 +4423,76 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="5200"/>
               <a:buNone/>
               <a:defRPr sz="5200"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="5200"/>
               <a:buNone/>
               <a:defRPr sz="5200"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Google Shape;11;p2"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="2834125"/>
             <a:ext cx="8520600" cy="792600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -5382,740 +4579,728 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Google Shape;12;p2"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Caption">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Caption">
   <p:cSld name="CAPTION_ONLY">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 43"/>
+        <p:cNvPr id="43" name="Shape 43"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="Google Shape;44;p11"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="4230575"/>
             <a:ext cx="5998800" cy="605100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Google Shape;45;p11"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Big number">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Big number">
   <p:cSld name="BIG_NUMBER">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 46"/>
+        <p:cNvPr id="46" name="Shape 46"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Google Shape;47;p12"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph hasCustomPrompt="1" type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="1106125"/>
             <a:ext cx="8520600" cy="1963500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="12000"/>
               <a:buNone/>
               <a:defRPr sz="12000"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -6212,844 +5397,834 @@
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="12000"/>
               <a:buNone/>
               <a:defRPr sz="12000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:t>xx%</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Google Shape;48;p12"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="3152225"/>
             <a:ext cx="8520600" cy="1300800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="ctr">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-317500" algn="ctr">
+            <a:lvl2pPr indent="-317500" lvl="1" marL="914400" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-317500" algn="ctr">
+            <a:lvl3pPr indent="-317500" lvl="2" marL="1371600" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-317500" algn="ctr">
+            <a:lvl4pPr indent="-317500" lvl="3" marL="1828800" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-317500" algn="ctr">
+            <a:lvl5pPr indent="-317500" lvl="4" marL="2286000" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-317500" algn="ctr">
+            <a:lvl6pPr indent="-317500" lvl="5" marL="2743200" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-317500" algn="ctr">
+            <a:lvl7pPr indent="-317500" lvl="6" marL="3200400" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-317500" algn="ctr">
+            <a:lvl8pPr indent="-317500" lvl="7" marL="3657600" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-317500" algn="ctr">
+            <a:lvl9pPr indent="-317500" lvl="8" marL="4114800" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Google Shape;49;p12"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Blank" type="blank">
   <p:cSld name="BLANK">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 13"/>
+        <p:cNvPr id="13" name="Shape 13"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Google Shape;14;p3"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section header" type="secHead">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Section header" type="secHead">
   <p:cSld name="SECTION_HEADER">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 15"/>
+        <p:cNvPr id="15" name="Shape 15"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Google Shape;16;p4"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="2150850"/>
             <a:ext cx="8520600" cy="841800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="3600"/>
               <a:buNone/>
               <a:defRPr sz="3600"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -7136,386 +6311,380 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="3600"/>
               <a:buNone/>
               <a:defRPr sz="3600"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="3600"/>
               <a:buNone/>
               <a:defRPr sz="3600"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Google Shape;17;p4"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and body" type="tx">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title and body" type="tx">
   <p:cSld name="TITLE_AND_BODY">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 18"/>
+        <p:cNvPr id="18" name="Shape 18"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Google Shape;19;p5"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="445025"/>
             <a:ext cx="8520600" cy="572700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -7602,546 +6771,536 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Google Shape;20;p5"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="1152475"/>
             <a:ext cx="8520600" cy="3416400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-317500" algn="l">
+            <a:lvl2pPr indent="-317500" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-317500" algn="l">
+            <a:lvl3pPr indent="-317500" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-317500" algn="l">
+            <a:lvl4pPr indent="-317500" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-317500" algn="l">
+            <a:lvl5pPr indent="-317500" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-317500" algn="l">
+            <a:lvl6pPr indent="-317500" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-317500" algn="l">
+            <a:lvl7pPr indent="-317500" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-317500" algn="l">
+            <a:lvl8pPr indent="-317500" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-317500" algn="l">
+            <a:lvl9pPr indent="-317500" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Google Shape;21;p5"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and two columns" type="twoColTx">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title and two columns" type="twoColTx">
   <p:cSld name="TITLE_AND_TWO_COLUMNS">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 22"/>
+        <p:cNvPr id="22" name="Shape 22"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Google Shape;23;p6"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="445025"/>
             <a:ext cx="8520600" cy="572700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -8228,706 +7387,692 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Google Shape;24;p6"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="1152475"/>
             <a:ext cx="3999900" cy="3416400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-317500" algn="l">
+            <a:lvl1pPr indent="-317500" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-304800" algn="l">
+            <a:lvl2pPr indent="-304800" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-304800" algn="l">
+            <a:lvl3pPr indent="-304800" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-304800" algn="l">
+            <a:lvl4pPr indent="-304800" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-304800" algn="l">
+            <a:lvl5pPr indent="-304800" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-304800" algn="l">
+            <a:lvl6pPr indent="-304800" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-304800" algn="l">
+            <a:lvl7pPr indent="-304800" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-304800" algn="l">
+            <a:lvl8pPr indent="-304800" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-304800" algn="l">
+            <a:lvl9pPr indent="-304800" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Google Shape;25;p6"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph idx="2" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4832400" y="1152475"/>
             <a:ext cx="3999900" cy="3416400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-317500" algn="l">
+            <a:lvl1pPr indent="-317500" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-304800" algn="l">
+            <a:lvl2pPr indent="-304800" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-304800" algn="l">
+            <a:lvl3pPr indent="-304800" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-304800" algn="l">
+            <a:lvl4pPr indent="-304800" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-304800" algn="l">
+            <a:lvl5pPr indent="-304800" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-304800" algn="l">
+            <a:lvl6pPr indent="-304800" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-304800" algn="l">
+            <a:lvl7pPr indent="-304800" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-304800" algn="l">
+            <a:lvl8pPr indent="-304800" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-304800" algn="l">
+            <a:lvl9pPr indent="-304800" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Google Shape;26;p6"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title only" type="titleOnly">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title only" type="titleOnly">
   <p:cSld name="TITLE_ONLY">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 27"/>
+        <p:cNvPr id="27" name="Shape 27"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Google Shape;28;p7"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="445025"/>
             <a:ext cx="8520600" cy="572700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -9014,386 +8159,380 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Google Shape;29;p7"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="One column text">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="One column text">
   <p:cSld name="ONE_COLUMN_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 30"/>
+        <p:cNvPr id="30" name="Shape 30"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Google Shape;31;p8"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="555600"/>
             <a:ext cx="2808000" cy="755700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2400"/>
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -9480,546 +8619,536 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2400"/>
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2400"/>
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Google Shape;32;p8"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="1389600"/>
             <a:ext cx="2808000" cy="3179400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-304800" algn="l">
+            <a:lvl1pPr indent="-304800" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-304800" algn="l">
+            <a:lvl2pPr indent="-304800" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-304800" algn="l">
+            <a:lvl3pPr indent="-304800" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-304800" algn="l">
+            <a:lvl4pPr indent="-304800" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-304800" algn="l">
+            <a:lvl5pPr indent="-304800" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-304800" algn="l">
+            <a:lvl6pPr indent="-304800" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-304800" algn="l">
+            <a:lvl7pPr indent="-304800" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="●"/>
               <a:defRPr sz="1200"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-304800" algn="l">
+            <a:lvl8pPr indent="-304800" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="○"/>
               <a:defRPr sz="1200"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-304800" algn="l">
+            <a:lvl9pPr indent="-304800" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1200"/>
               <a:buChar char="■"/>
               <a:defRPr sz="1200"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="Google Shape;33;p8"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Main point">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Main point">
   <p:cSld name="MAIN_POINT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 34"/>
+        <p:cNvPr id="34" name="Shape 34"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Google Shape;35;p9"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="490250" y="450150"/>
             <a:ext cx="6367800" cy="4090800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="4800"/>
               <a:buNone/>
               <a:defRPr sz="4800"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -10106,442 +9235,439 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="4800"/>
               <a:buNone/>
               <a:defRPr sz="4800"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="4800"/>
               <a:buNone/>
               <a:defRPr sz="4800"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="Google Shape;36;p9"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section title and description">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Section title and description">
   <p:cSld name="SECTION_TITLE_AND_DESCRIPTION">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 37"/>
+        <p:cNvPr id="37" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Google Shape;38;p10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4572000" y="-125"/>
             <a:ext cx="4572000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Google Shape;39;p10"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="265500" y="1233175"/>
             <a:ext cx="4045200" cy="1482300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="4200"/>
               <a:buNone/>
               <a:defRPr sz="4200"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -10628,80 +9754,76 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="4200"/>
               <a:buNone/>
               <a:defRPr sz="4200"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="4200"/>
               <a:buNone/>
               <a:defRPr sz="4200"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Google Shape;40;p10"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="265500" y="2803075"/>
             <a:ext cx="4045200" cy="1235100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2100"/>
               <a:buNone/>
               <a:defRPr sz="2100"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -10788,2308 +9910,2285 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2100"/>
               <a:buNone/>
               <a:defRPr sz="2100"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2100"/>
               <a:buNone/>
               <a:defRPr sz="2100"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="Google Shape;41;p10"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph idx="2" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4939500" y="724075"/>
             <a:ext cx="3837000" cy="3695100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-317500" algn="l">
+            <a:lvl2pPr indent="-317500" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-317500" algn="l">
+            <a:lvl3pPr indent="-317500" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-317500" algn="l">
+            <a:lvl4pPr indent="-317500" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-317500" algn="l">
+            <a:lvl5pPr indent="-317500" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-317500" algn="l">
+            <a:lvl6pPr indent="-317500" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-317500" algn="l">
+            <a:lvl7pPr indent="-317500" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="●"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-317500" algn="l">
+            <a:lvl8pPr indent="-317500" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="○"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-317500" algn="l">
+            <a:lvl9pPr indent="-317500" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buChar char="■"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Google Shape;42;p10"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
-        <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 5"/>
+        <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Google Shape;6;p1"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="445025"/>
             <a:ext cx="8520600" cy="572700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Google Shape;7;p1"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="1152475"/>
             <a:ext cx="8520600" cy="3416400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-317500" algn="l" rtl="0">
+            <a:lvl2pPr indent="-317500" lvl="1" marL="914400" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="○"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-317500" algn="l" rtl="0">
+            <a:lvl3pPr indent="-317500" lvl="2" marL="1371600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="■"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-317500" algn="l" rtl="0">
+            <a:lvl4pPr indent="-317500" lvl="3" marL="1828800" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-317500" algn="l" rtl="0">
+            <a:lvl5pPr indent="-317500" lvl="4" marL="2286000" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="○"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-317500" algn="l" rtl="0">
+            <a:lvl6pPr indent="-317500" lvl="5" marL="2743200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="■"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-317500" algn="l" rtl="0">
+            <a:lvl7pPr indent="-317500" lvl="6" marL="3200400" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="●"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-317500" algn="l" rtl="0">
+            <a:lvl8pPr indent="-317500" lvl="7" marL="3657600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="○"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-317500" algn="l" rtl="0">
+            <a:lvl9pPr indent="-317500" lvl="8" marL="4114800" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="■"/>
-              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Google Shape;8;p1"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472458" y="4663217"/>
             <a:ext cx="548700" cy="393600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" rtl="0" algn="r">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="ja"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483648" r:id="rId1"/>
     <p:sldLayoutId id="2147483649" r:id="rId2"/>
     <p:sldLayoutId id="2147483650" r:id="rId3"/>
     <p:sldLayoutId id="2147483651" r:id="rId4"/>
     <p:sldLayoutId id="2147483652" r:id="rId5"/>
     <p:sldLayoutId id="2147483653" r:id="rId6"/>
     <p:sldLayoutId id="2147483654" r:id="rId7"/>
     <p:sldLayoutId id="2147483655" r:id="rId8"/>
     <p:sldLayoutId id="2147483656" r:id="rId9"/>
     <p:sldLayoutId id="2147483657" r:id="rId10"/>
     <p:sldLayoutId id="2147483658" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
+  <p:hf dt="0" ftr="0" hdr="0" sldNum="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 53"/>
+        <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="1314725"/>
             <a:ext cx="8520600" cy="1179300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="6FA8DC"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPct val="39599"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="2777">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>カメラ対応AkaDako生成AI(β)</a:t>
             </a:r>
             <a:endParaRPr sz="2777">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPct val="27500"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="4000">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIとつくる、未来のものづくり体験</a:t>
             </a:r>
             <a:endParaRPr sz="1100">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55" name="Google Shape;55;p13"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="2494025"/>
             <a:ext cx="8520600" cy="792600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja"/>
               <a:t>設計書（ワークシート）</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="56" name="Google Shape;56;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
@@ -13103,23322 +12202,19704 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3075763" y="3317795"/>
             <a:ext cx="2992475" cy="1567675"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="112" name="Shape 112"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="113" name="Google Shape;113;p22"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="114" name="Google Shape;114;p22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="118" name="Shape 118"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="119" name="Google Shape;119;p23"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="120" name="Google Shape;120;p23"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="124" name="Shape 124"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="125" name="Google Shape;125;p24"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="126" name="Google Shape;126;p24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="130" name="Shape 130"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="131" name="Google Shape;131;p25"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="132" name="Google Shape;132;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="136" name="Shape 136"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="137" name="Google Shape;137;p26"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="138" name="Google Shape;138;p26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="142" name="Shape 142"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="143" name="Google Shape;143;p27"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="144" name="Google Shape;144;p27"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="148" name="Shape 148"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="149" name="Google Shape;149;p28"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="150" name="Google Shape;150;p28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="154" name="Shape 154"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="155" name="Google Shape;155;p29"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="156" name="Google Shape;156;p29"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="160" name="Shape 160"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="161" name="Google Shape;161;p30"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="162" name="Google Shape;162;p30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="166" name="Shape 166"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="167" name="Google Shape;167;p31"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="168" name="Google Shape;168;p31"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 60"/>
+        <p:cNvPr id="60" name="Shape 60"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61" name="Google Shape;61;p14"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="2150850"/>
             <a:ext cx="8520600" cy="841800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="3600"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja"/>
               <a:t>設計書（ワークシート）の記入例</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="172" name="Shape 172"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="173" name="Google Shape;173;p32"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="174" name="Google Shape;174;p32"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="178" name="Shape 178"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="179" name="Google Shape;179;p33"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="180" name="Google Shape;180;p33"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="184" name="Shape 184"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="185" name="Google Shape;185;p34"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="186" name="Google Shape;186;p34"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="190" name="Shape 190"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="191" name="Google Shape;191;p35"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="192" name="Google Shape;192;p35"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="196" name="Shape 196"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="197" name="Google Shape;197;p36"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="198" name="Google Shape;198;p36"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="202" name="Shape 202"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="203" name="Google Shape;203;p37"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="204" name="Google Shape;204;p37"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="208" name="Shape 208"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="209" name="Google Shape;209;p38"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="210" name="Google Shape;210;p38"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="214" name="Shape 214"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="215" name="Google Shape;215;p39"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="216" name="Google Shape;216;p39"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="220" name="Shape 220"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="221" name="Google Shape;221;p40"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="222" name="Google Shape;222;p40"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="226" name="Shape 226"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="227" name="Google Shape;227;p41"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="228" name="Google Shape;228;p41"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 65"/>
+        <p:cNvPr id="65" name="Shape 65"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="66" name="Google Shape;66;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4372080"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t> 5班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
-                        <a:t>メンバー：　タコちゃん、ラッチくん</a:t>
+                        <a:t>メンバー：　</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja"/>
+                        <a:t>タコちゃん、ラッチくん</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
-                        <a:t>製品名：落書きほめほめ自信アップアプリ</a:t>
+                        <a:t>製品名：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja"/>
+                        <a:t>落書きほめほめ自信アップアプリ</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>せっかく絵を描いてもほめてくれる人がいない。ほめてほしい。</a:t>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>絵を見せれば、いつでもほめてくれるアプリをつくる</a:t>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>この絵をほめてください</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="2283250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>１人で絵を描いているとき</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>ノートや紙に描いた絵をカメラで撮った画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プログラム</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-                    <a:lnL w="9525" cap="flat" cmpd="sng">
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc vMerge="1">
-[...13 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Google Shape;67;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
@@ -36475,2183 +31956,1901 @@
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Google Shape;70;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="388850" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>例１</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="232" name="Shape 232"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="233" name="Google Shape;233;p42"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="234" name="Google Shape;234;p42"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 74"/>
+        <p:cNvPr id="74" name="Shape 74"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="75" name="Google Shape;75;p16"/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4383985"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
-                        <a:t>製品名：残り物レシピ提案アプリ</a:t>
+                        <a:t>製品名：</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja"/>
+                        <a:t>残り物レシピ提案アプリ</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>ご飯を作るときに、レシピに書いてある材料がなくて作れない。</a:t>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>今ある材料で作れる料理のレシピを教えてくれるアプリをつくる。</a:t>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>この食材で作れる料理のレシピを教えて</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2295155">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>冷蔵庫にある材料を見る</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>料理に使いたい材料が写っている画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" dirty="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プログラム</a:t>
                       </a:r>
-                      <a:endParaRPr dirty="0">
+                      <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...8 lines deleted...]
-                      <a:endParaRPr sz="1000" dirty="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-                    <a:lnL w="9525" cap="flat" cmpd="sng">
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc vMerge="1">
-[...13 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="76" name="Google Shape;76;p16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
@@ -38676,4718 +33875,4316 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="78" name="Google Shape;78;p16" title="ChatGPT Image 2025年5月31日 19_16_21.png"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5474079" y="2030506"/>
-            <a:ext cx="2816565" cy="2743203"/>
+            <a:off x="5460100" y="2024675"/>
+            <a:ext cx="3024699" cy="3024699"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="Google Shape;79;p16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="388850" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>例2</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 83"/>
+        <p:cNvPr id="83" name="Shape 83"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="84" name="Google Shape;84;p17"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311700" y="466350"/>
             <a:ext cx="8520600" cy="4306800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="200000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja"/>
               <a:t>生徒記入用設計書（次のスライドから）</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="2400"/>
               <a:t>【設計書作成のポイント】</a:t>
             </a:r>
             <a:endParaRPr sz="2400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-365760" algn="l" rtl="0">
+            <a:pPr indent="-365760" lvl="0" marL="457200" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="2400"/>
               <a:t>本スライドをクラスで共同編集する。</a:t>
             </a:r>
             <a:endParaRPr sz="2400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-365760" algn="l" rtl="0">
+            <a:pPr indent="-365760" lvl="0" marL="457200" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="2400"/>
               <a:t>ペア（またはチーム）で１枚の設計書ページに記入する。</a:t>
             </a:r>
             <a:endParaRPr sz="2400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-365760" algn="l" rtl="0">
+            <a:pPr indent="-365760" lvl="0" marL="457200" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="2400"/>
               <a:t>お互いに設計書を見合い、参考にさせてもらう。</a:t>
             </a:r>
             <a:endParaRPr sz="2400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-365760" algn="l" rtl="0">
+            <a:pPr indent="-365760" lvl="0" marL="457200" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="2400"/>
               <a:t>自分のスライド以外を勝手に改変しない（書き込む、消すなど）。その他、マナーを守る！</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88"/>
+        <p:cNvPr id="88" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="89" name="Google Shape;89;p18"/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>アプリの動作イメージ（イラスト）</a:t>
+                        <a:t>アプリ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>の動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90" name="Google Shape;90;p18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="94" name="Shape 94"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="95" name="Google Shape;95;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="96" name="Google Shape;96;p19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="100" name="Shape 100"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="101" name="Google Shape;101;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="102" name="Google Shape;102;p20"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="106" name="Shape 106"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="89" name="Google Shape;89;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="107" name="Google Shape;107;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="388850" y="598150"/>
-          <a:ext cx="8366300" cy="4397432"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{5173E451-C3AD-4E0E-8494-88CC7A210F57}</a:tableStyleId>
+                <a:tableStyleId>{5FDAA44D-3402-421C-BC07-209A38A83845}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="976050">
-[...26 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="976050"/>
+                <a:gridCol w="1167250"/>
+                <a:gridCol w="2605475"/>
+                <a:gridCol w="3617525"/>
               </a:tblGrid>
               <a:tr h="511450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>班</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>メンバー：　</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...23 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="449650">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja"/>
                         <a:t>製品名：</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425" anchor="ctr">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...33 lines deleted...]
-                </a:extLst>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
+                <a:tc hMerge="1"/>
               </a:tr>
               <a:tr h="872100">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1100" b="1">
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>問題の発見</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-                        <a:rPr lang="ja" sz="1100" b="1">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" lang="ja" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="BIZ UDPGothic"/>
                           <a:ea typeface="BIZ UDPGothic"/>
                           <a:cs typeface="BIZ UDPGothic"/>
                           <a:sym typeface="BIZ UDPGothic"/>
                         </a:rPr>
                         <a:t>課題の設定</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1100" b="1">
+                      <a:endParaRPr b="1" sz="1100">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="BIZ UDPGothic"/>
                         <a:ea typeface="BIZ UDPGothic"/>
                         <a:cs typeface="BIZ UDPGothic"/>
                         <a:sym typeface="BIZ UDPGothic"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...8 lines deleted...]
-                </a:tc>
+                <a:tc hMerge="1"/>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>プロンプト</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja" sz="1000">
-[...4 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1100"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>アプリの動作イメージ（イラスト）</a:t>
                       </a:r>
                       <a:endParaRPr/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr sz="1200"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
-              <a:tr h="2308602">
+              <a:tr h="2509250">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>撮る画像</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【状況】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...7 lines deleted...]
-                      </a:pPr>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>【どんな画像か】</a:t>
                       </a:r>
                       <a:endParaRPr>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-                        </a:spcAft>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1"/>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>プログラム</a:t>
+                      </a:r>
+                      <a:endParaRPr>
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1100"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja" sz="1000">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇〇</a:t>
-[...1 lines deleted...]
-                      <a:endParaRPr>
+                        <a:t>（プログラムのスクリーンキャプチャを貼る）</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1000">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...15 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425">
-[...7 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                  <a:tcPr marT="91425" marB="91425" marR="91425" marL="91425">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="9525" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="dk1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
-                <a:tc hMerge="1">
-[...160 lines deleted...]
-                </a:extLst>
+                <a:tc vMerge="1"/>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="90" name="Google Shape;90;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="108" name="Google Shape;108;p21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361950" y="188350"/>
             <a:ext cx="2420100" cy="409800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>生成AIアプリ設計書</a:t>
             </a:r>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Simple Light">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
   <a:themeElements>
     <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFAB40"/>
@@ -43618,396 +38415,27 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
-
-[...365 lines deleted...]
-</file>